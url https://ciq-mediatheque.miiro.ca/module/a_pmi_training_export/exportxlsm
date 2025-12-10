--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formations" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Formations'!$A$1:$C$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="329">
   <si>
     <t>Nom de la formation</t>
   </si>
   <si>
     <t>Référence</t>
   </si>
   <si>
     <t>Thèmes</t>
   </si>
   <si>
     <t>A Better Understanding of Indigenous Realities</t>
   </si>
   <si>
     <t>CUL-ASH-0002</t>
   </si>
   <si>
     <t>Ressources humaines, Éthique, Déontologie, Communication</t>
   </si>
   <si>
     <t>Adaptation, régulation, émotions… Intervenir efficacement auprès des élèves</t>
   </si>
   <si>
     <t>PSY-MII-0403</t>
   </si>
   <si>
@@ -97,684 +97,696 @@
   <si>
     <t>Approche palliative et soins de fin de vie</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0010</t>
   </si>
   <si>
     <t>Santé</t>
   </si>
   <si>
     <t>Atelier sur la tenue de dossiers en ostéopathie</t>
   </si>
   <si>
     <t>SAN-OQ-0001</t>
   </si>
   <si>
     <t>Cession, sous-location et clauses de défaut - Bail commercial</t>
   </si>
   <si>
     <t>DR-MII-0014</t>
   </si>
   <si>
     <t>Droit, Immobilier et hypothèque</t>
   </si>
   <si>
-    <t>Changements climatiques - Défis et opportunités</t>
-[...2 lines deleted...]
-    <t>GES-OCQ-0022</t>
+    <t>Chronos : Juste à temps</t>
+  </si>
+  <si>
+    <t>pk-GES-IDL-1001</t>
+  </si>
+  <si>
+    <t>Gestion</t>
+  </si>
+  <si>
+    <t>Comment aborder les conversations difficiles et les conflits ?</t>
+  </si>
+  <si>
+    <t>SAN-XCE-0001</t>
+  </si>
+  <si>
+    <t>Communication, OHDQ</t>
+  </si>
+  <si>
+    <t>Comment se manifeste l’anxiété chez les patients atteint du Syndrome de Gilles de la Tourette - SGT</t>
+  </si>
+  <si>
+    <t>PSY-CEN-0026</t>
+  </si>
+  <si>
+    <t>Communication consciente</t>
+  </si>
+  <si>
+    <t>RH-MII-0047</t>
+  </si>
+  <si>
+    <t>Ressources humaines, Communication, OHDQ</t>
+  </si>
+  <si>
+    <t>Comprendre les enjeux et les conséquences pour la victime, les proches et les témoins</t>
+  </si>
+  <si>
+    <t>RH-CIQ-0001</t>
+  </si>
+  <si>
+    <t>Psychologie, Ressources humaines, Éthique, Déontologie, OHDQ</t>
+  </si>
+  <si>
+    <t>Conception universelle des apprentissages</t>
+  </si>
+  <si>
+    <t>PSY-MII-2401</t>
+  </si>
+  <si>
+    <t>De l’hyperconnectivité à la  dépendance à Internet</t>
+  </si>
+  <si>
+    <t>PSY-MII-0302</t>
+  </si>
+  <si>
+    <t>Découverte de l’informatique : Histoire, matériel et application</t>
+  </si>
+  <si>
+    <t>BUR-TEC-EL377</t>
+  </si>
+  <si>
+    <t>Bureautique</t>
+  </si>
+  <si>
+    <t>Déontologie et contrat: une lecture à 360° de vos droits et obligations</t>
+  </si>
+  <si>
+    <t>LEG-OTPQ-0001</t>
+  </si>
+  <si>
+    <t>Toutes les formations</t>
+  </si>
+  <si>
+    <t>Dépendances en milieu de travail</t>
+  </si>
+  <si>
+    <t>SAN-MII-0001</t>
+  </si>
+  <si>
+    <t>Psychologie, Ressources humaines, Santé, Éthique, Déontologie, Formations à venir</t>
+  </si>
+  <si>
+    <t>Dépistage des troubles neurodéveloppementaux 0-5 ans</t>
+  </si>
+  <si>
+    <t>PSY-CEN-0001</t>
+  </si>
+  <si>
+    <t>Déterminer les méthodes d’enquête appropriées</t>
+  </si>
+  <si>
+    <t>RH-CIQ-0002</t>
+  </si>
+  <si>
+    <t>Droit, Ressources humaines, Éthique, Déontologie</t>
+  </si>
+  <si>
+    <t>Divorce et retraite, le patrimoine familial, REER, CELI et autres véhicules individuels</t>
+  </si>
+  <si>
+    <t>FIS-MII-0028</t>
+  </si>
+  <si>
+    <t>Fiscalité</t>
+  </si>
+  <si>
+    <t>Droit administratif - La Loi sur les accidents de travail et les maladies professionnelles</t>
+  </si>
+  <si>
+    <t>DR-EBQ-9293</t>
+  </si>
+  <si>
+    <t>Droit, Santé, Santé et sécurité au travail</t>
+  </si>
+  <si>
+    <t>Droit de la famille - Les principaux recours en droit de la famille</t>
+  </si>
+  <si>
+    <t>DR-EBQ-9284</t>
+  </si>
+  <si>
+    <t>Droit</t>
+  </si>
+  <si>
+    <t>Droit des affaires - L'ABC de la comptabilité et l'utilisation des états financiers par l'expert-comptable</t>
+  </si>
+  <si>
+    <t>DR-BAR-9180</t>
+  </si>
+  <si>
+    <t>Droit des personnes - La Loi sur la protection de la jeunesse</t>
+  </si>
+  <si>
+    <t>DR-EBQ-9068</t>
+  </si>
+  <si>
+    <t>Éducation, Droit, Ressources humaines</t>
+  </si>
+  <si>
+    <t>Droit des personnes - La personne majeure inapte</t>
+  </si>
+  <si>
+    <t>DR-BAR-9179</t>
+  </si>
+  <si>
+    <t>Droit des personnes - La personne mineure</t>
+  </si>
+  <si>
+    <t>DR-BAR-9178</t>
+  </si>
+  <si>
+    <t>Droit du travail - Les rapports individuels de travail</t>
+  </si>
+  <si>
+    <t>DR-EBQ-7268</t>
+  </si>
+  <si>
+    <t>Émergence des troubles de personnalité à l’adolescence partie 1</t>
+  </si>
+  <si>
+    <t>PSY-MII-0075</t>
+  </si>
+  <si>
+    <t>Émergence des troubles de personnalité à l’adolescence partie 2</t>
+  </si>
+  <si>
+    <t>PSY-MII-0076</t>
+  </si>
+  <si>
+    <t>Enseigner au Québec</t>
+  </si>
+  <si>
+    <t>EDU-MII-0012</t>
+  </si>
+  <si>
+    <t>Enseigner au Québec - La différenciation pédagogique</t>
+  </si>
+  <si>
+    <t>EDU-MII-0014</t>
+  </si>
+  <si>
+    <t>Enseigner au Québec - Les bases du système scolaire</t>
+  </si>
+  <si>
+    <t>EDU-MII-0013</t>
+  </si>
+  <si>
+    <t>Enseigner au Québec - Les différentes clientèles et les élèves à besoins particuliers</t>
+  </si>
+  <si>
+    <t>EDU-MII-0015</t>
+  </si>
+  <si>
+    <t>Enseigner au Québec - Les intervenants du milieu scolaire et leurs rôles</t>
+  </si>
+  <si>
+    <t>EDU-MII-0016</t>
+  </si>
+  <si>
+    <t>Éthique et déontologie</t>
+  </si>
+  <si>
+    <t>OTPQ-MII-0007</t>
+  </si>
+  <si>
+    <t>Éthique, Déontologie</t>
+  </si>
+  <si>
+    <t>Évaluation neuropsychologique de l'enfant d'âge préscolaire</t>
+  </si>
+  <si>
+    <t>PSY-CEN-1002</t>
+  </si>
+  <si>
+    <t>Excel 2021 : Des fondamentaux au perfectionnement</t>
+  </si>
+  <si>
+    <t>BUR-TEC-EL376</t>
+  </si>
+  <si>
+    <t>Excel 2021 : Fonctionnalités avancées</t>
+  </si>
+  <si>
+    <t>BUR-TEC-EL374</t>
+  </si>
+  <si>
+    <t>Excel 2021 : Maîtrise des fondamentaux</t>
+  </si>
+  <si>
+    <t>BUR-TEC-EL375</t>
+  </si>
+  <si>
+    <t>Exceller en service à la clientèle pour optimiser l'expérience</t>
+  </si>
+  <si>
+    <t>GES-TEC-EL011</t>
+  </si>
+  <si>
+    <t>Communication</t>
+  </si>
+  <si>
+    <t>Faillite et insolvabilité</t>
+  </si>
+  <si>
+    <t>DR-EBQ-7299</t>
+  </si>
+  <si>
+    <t>Fiscalité, Droit</t>
+  </si>
+  <si>
+    <t>Faire le poids face à l’anorexie partie 1</t>
+  </si>
+  <si>
+    <t>PSY-MII-0080</t>
+  </si>
+  <si>
+    <t>Faire le poids face à l’anorexie partie 2</t>
+  </si>
+  <si>
+    <t>PSY-MII-0081</t>
+  </si>
+  <si>
+    <t>Faire le suivi d'une réunion</t>
+  </si>
+  <si>
+    <t>GES-IDL-0008</t>
+  </si>
+  <si>
+    <t>Gestion, Communication</t>
+  </si>
+  <si>
+    <t>Gérer au mieux son temps et ses priorités</t>
+  </si>
+  <si>
+    <t>GES-C3P-0001</t>
+  </si>
+  <si>
+    <t>Gestion, OHDQ</t>
+  </si>
+  <si>
+    <t>Gérer le climat d'une réunion</t>
+  </si>
+  <si>
+    <t>GES-IDL-0007</t>
+  </si>
+  <si>
+    <t>Gérer son stress</t>
+  </si>
+  <si>
+    <t>SAN-XCE-0002</t>
+  </si>
+  <si>
+    <t>Psychologie, Communication</t>
+  </si>
+  <si>
+    <t>Gestion de classe</t>
+  </si>
+  <si>
+    <t>EDU-MII-0004</t>
+  </si>
+  <si>
+    <t>Gestion de votre temps : avec les autres</t>
+  </si>
+  <si>
+    <t>GES-IDL-0003</t>
+  </si>
+  <si>
+    <t>Gestion de votre temps : dans l'action</t>
+  </si>
+  <si>
+    <t>GES-IDL-0002</t>
+  </si>
+  <si>
+    <t>Gestion de votre temps : prendre concience</t>
+  </si>
+  <si>
+    <t>GES-IDL-0001</t>
+  </si>
+  <si>
+    <t>Gestion du temps, des activités et des priorités avec la méthode Qualitemps</t>
+  </si>
+  <si>
+    <t>BUR-TEC-EL012</t>
+  </si>
+  <si>
+    <t>Guide technique sur les sols influençant les demandes de permis des installations septiques</t>
+  </si>
+  <si>
+    <t>TEC-OTPQ-0004</t>
+  </si>
+  <si>
+    <t>Initiation à l'IA générative au travail</t>
+  </si>
+  <si>
+    <t>TEC-MII-0001</t>
+  </si>
+  <si>
+    <t>Éthique, Déontologie, Gestion, Bureautique, Formations à venir</t>
+  </si>
+  <si>
+    <t>Intervention auprès des adolescents victimes de trauma</t>
+  </si>
+  <si>
+    <t>PSY-MII-0053</t>
+  </si>
+  <si>
+    <t>Jeux et apprentissages</t>
+  </si>
+  <si>
+    <t>EDU-MII-0011</t>
+  </si>
+  <si>
+    <t>L'aliénation parentale : Le rôle du psychologue en milieu scolaire</t>
+  </si>
+  <si>
+    <t>PSY-MII-00055</t>
+  </si>
+  <si>
+    <t>La justice participative</t>
+  </si>
+  <si>
+    <t>DR-BAR-9181</t>
+  </si>
+  <si>
+    <t>La méditation de pleine conscience : présentation MindUp TM</t>
+  </si>
+  <si>
+    <t>PSY-MII-0001</t>
+  </si>
+  <si>
+    <t>La méditation de pleine conscience chez les jeunes</t>
+  </si>
+  <si>
+    <t>PSY-MII-0003</t>
+  </si>
+  <si>
+    <t>La pédagogie inversée au service de l'enseignement à distance</t>
+  </si>
+  <si>
+    <t>EDU-MII-0001</t>
+  </si>
+  <si>
+    <t>La représentation des fractions aux 2e et 3e cycles</t>
+  </si>
+  <si>
+    <t>EDU-MII-0009</t>
+  </si>
+  <si>
+    <t>La santé mentale, c’est l’affaire de tous !</t>
+  </si>
+  <si>
+    <t>SAN-OIIAQ-0016</t>
+  </si>
+  <si>
+    <t>Psychologie, Santé, OHDQ</t>
+  </si>
+  <si>
+    <t>La synergie d'équipe par l'intelligence émotionnelle</t>
+  </si>
+  <si>
+    <t>GES-TEC-EL006</t>
+  </si>
+  <si>
+    <t>Psychologie, Gestion, Communication</t>
+  </si>
+  <si>
+    <t>Le bien-être animal : Comment s’y retrouver ?</t>
+  </si>
+  <si>
+    <t>ANI-OTPQ-0001</t>
+  </si>
+  <si>
+    <t>Le contexte de crise dans lequel les adolescents décident de quitter l’école</t>
+  </si>
+  <si>
+    <t>EDU-MII-0006</t>
+  </si>
+  <si>
+    <t>Le nouveau cadre juridique et la détermination des sanctions</t>
+  </si>
+  <si>
+    <t>RH-CIQ-0003</t>
+  </si>
+  <si>
+    <t>Le système professionnel québécois : votre allié pour servir le public</t>
+  </si>
+  <si>
+    <t>SPQ-CIQ-0001</t>
+  </si>
+  <si>
+    <t>Le TDA/H et les troubles anxieux chez les jeunes</t>
+  </si>
+  <si>
+    <t>PSY-CEN-0022</t>
+  </si>
+  <si>
+    <t>Le TDAH chez les enfants d’âge préscolaire</t>
+  </si>
+  <si>
+    <t>EDU-CEN-0002</t>
+  </si>
+  <si>
+    <t>Le TDAH et troubles anxieux</t>
+  </si>
+  <si>
+    <t>PSY-MII-0002</t>
+  </si>
+  <si>
+    <t>Le transfert d’une résidence principale entre conjoints</t>
+  </si>
+  <si>
+    <t>DR-MII-0024</t>
+  </si>
+  <si>
+    <t>Leadership d'impact</t>
+  </si>
+  <si>
+    <t>EDU-MII-1001</t>
+  </si>
+  <si>
+    <t>Éducation, Gestion, Gouvernance</t>
+  </si>
+  <si>
+    <t>Lecture et anxiété: comprendre et intervenir auprès de l’élève</t>
+  </si>
+  <si>
+    <t>PSY-CEN-0032</t>
+  </si>
+  <si>
+    <t>Les bases du droit d'auteur : Comment protéger son œuvre originale?</t>
+  </si>
+  <si>
+    <t>TEC-OTPQ-0002</t>
+  </si>
+  <si>
+    <t>Les essentiels de la gestion de projets</t>
+  </si>
+  <si>
+    <t>GES-TEC-EL001</t>
+  </si>
+  <si>
+    <t>Les maladies infectieuses : les comprendre pour les prévenir</t>
+  </si>
+  <si>
+    <t>SAN-OIIAQ-0017</t>
+  </si>
+  <si>
+    <t>Santé, OHDQ</t>
+  </si>
+  <si>
+    <t>Les notes d’évolution</t>
+  </si>
+  <si>
+    <t>SAN-OIIAQ-0014</t>
+  </si>
+  <si>
+    <t>Les obligations - La vente</t>
+  </si>
+  <si>
+    <t>DR-EBQ-7545</t>
+  </si>
+  <si>
+    <t>Fiscalité, Droit, Gestion</t>
+  </si>
+  <si>
+    <t>Les obligations - Le louage</t>
+  </si>
+  <si>
+    <t>DR-EBQ-7566</t>
+  </si>
+  <si>
+    <t>Droit, Gestion</t>
+  </si>
+  <si>
+    <t>Les particularités du TDAH chez les filles</t>
+  </si>
+  <si>
+    <t>PSY-MII-0004</t>
+  </si>
+  <si>
+    <t>L’approche systémique en milieu scolaire</t>
+  </si>
+  <si>
+    <t>EDU-MII-0005</t>
+  </si>
+  <si>
+    <t>L’assistance ventilatoire non invasive, c’est vital !</t>
+  </si>
+  <si>
+    <t>SAN-OIIAQ-0011</t>
+  </si>
+  <si>
+    <t>L’assurance qualité et le système réglementaire</t>
+  </si>
+  <si>
+    <t>GES-OCQ-0003</t>
+  </si>
+  <si>
+    <t>L’évolution du Règlement en santé et en sécurité du travail (RSST)</t>
+  </si>
+  <si>
+    <t>SST-OCQ-0004</t>
+  </si>
+  <si>
+    <t>Santé et sécurité au travail</t>
+  </si>
+  <si>
+    <t>L’hypnose dans le traitement de l’anxiété chez l’enfant</t>
+  </si>
+  <si>
+    <t>PSY-CEN-0025</t>
+  </si>
+  <si>
+    <t>L’infirmière auxiliaire et les soins de plaies</t>
+  </si>
+  <si>
+    <t>SAN-OIIAQ-0018</t>
+  </si>
+  <si>
+    <t>L’infirmière auxiliaire et les symptômes comportementaux et psychologiques de la démence</t>
+  </si>
+  <si>
+    <t>SAN-OIIAQ-0015</t>
+  </si>
+  <si>
+    <t>L’utilisation de la réalité virtuelle pour intervenir auprès des enfants anxieux</t>
+  </si>
+  <si>
+    <t>PSY-CEN-0023</t>
+  </si>
+  <si>
+    <t>Maîtriser les contenus d'une réunion</t>
+  </si>
+  <si>
+    <t>GES-IDL-0006</t>
+  </si>
+  <si>
+    <t>Maîtriser votre temps et vos courriels avec Outlook</t>
+  </si>
+  <si>
+    <t>BUR-TEC-EL010</t>
+  </si>
+  <si>
+    <t>Maladie physique grave et / ou chronique de l’enfance : impact sur le devenir affectif et académique.</t>
+  </si>
+  <si>
+    <t>PSY-MII-0058</t>
+  </si>
+  <si>
+    <t>Mathématique et élèves en difficulté, comment les aider?</t>
+  </si>
+  <si>
+    <t>EDU-CEN-0001</t>
+  </si>
+  <si>
+    <t>Mécanismes neuronaux impliqués dans le développement de l’anxiété</t>
+  </si>
+  <si>
+    <t>PSY-CEN-0021</t>
+  </si>
+  <si>
+    <t>Microsoft 365 : L’environnement de travail collaboratif</t>
+  </si>
+  <si>
+    <t>BUR-TEC-EL373</t>
+  </si>
+  <si>
+    <t>Gestion, Bureautique</t>
+  </si>
+  <si>
+    <t>Mieux comprendre la dynamique des groupes difficiles</t>
+  </si>
+  <si>
+    <t>EDU-MII-0007</t>
+  </si>
+  <si>
+    <t>Mieux comprendre les réalités autochtones</t>
+  </si>
+  <si>
+    <t>CUL-ASH-0001</t>
+  </si>
+  <si>
+    <t>Négocier les règles de participation d'une réunion</t>
+  </si>
+  <si>
+    <t>GES-IDL-0005</t>
+  </si>
+  <si>
+    <t>Neuropsychologie et troubles anxieux</t>
+  </si>
+  <si>
+    <t>PSY-CEN-1004</t>
+  </si>
+  <si>
+    <t>Notions de base, frais, taxes et autres questions monétaires - Bail commercial</t>
+  </si>
+  <si>
+    <t>DR-MII-0010</t>
+  </si>
+  <si>
+    <t>Nouvelle formulation pour la prévention des infections virales et fongiques</t>
+  </si>
+  <si>
+    <t>CHI-OCQ-0003</t>
   </si>
   <si>
     <t>Chimie</t>
-  </si>
-[...625 lines deleted...]
-    <t>CHI-OCQ-0003</t>
   </si>
   <si>
     <t>Opérations sur les fractions</t>
   </si>
   <si>
     <t>EDU-MII-0010</t>
   </si>
   <si>
     <t>Optimisez votre gestion documentaire électronique</t>
   </si>
   <si>
     <t>GES-TEC-EL000</t>
   </si>
   <si>
     <t>Outlook 2021 : Pour une messagerie bien utilisée</t>
   </si>
   <si>
     <t>BUR-TEC-EL379</t>
   </si>
   <si>
     <t>Plaie et nutrition : pour des soins infirmiers de qualité optimale</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0013</t>
   </si>
@@ -1370,54 +1382,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C142"/>
+  <dimension ref="A1:C144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:C142"/>
+      <selection activeCell="A2" sqref="A2:C144"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="96.690674" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1523,106 +1535,106 @@
         <v>28</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="B14" s="2" t="s">
+      <c r="C14" s="2" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B17" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="B17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B18" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="B18" s="2" t="s">
+      <c r="C18" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:3">
@@ -1820,73 +1832,73 @@
         <v>94</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="45" spans="1:3">
@@ -1952,1041 +1964,1063 @@
         <v>123</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>137</v>
+        <v>50</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="B57" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="B57" s="2" t="s">
+      <c r="C57" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>147</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
         <v>150</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>153</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
         <v>154</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>156</v>
+        <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="B66" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="B66" s="2" t="s">
+      <c r="C66" s="2" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B67" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="B67" s="2" t="s">
+      <c r="C67" s="2" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
         <v>162</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>165</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>166</v>
+        <v>16</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B70" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="B70" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="2" t="s">
-        <v>8</v>
+        <v>58</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B71" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="B71" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="2" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="B72" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="B72" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="B73" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="B73" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="2" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B74" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="B74" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="2" t="s">
-        <v>177</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="C76" s="2" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B77" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="B77" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="2" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B78" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="B78" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="2" t="s">
-        <v>186</v>
+        <v>67</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C80" s="2" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>194</v>
+        <v>21</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>8</v>
+        <v>194</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="C83" s="2" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="B84" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="B84" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="2" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="B85" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="B85" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="2" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="B86" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="B86" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="2" t="s">
-        <v>205</v>
+        <v>21</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="C88" s="2" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B89" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="B89" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="2" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="B90" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="B90" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="2" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="B91" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="B91" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="2" t="s">
-        <v>116</v>
+        <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="B92" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="B92" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="2" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="B93" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="B93" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="2" t="s">
-        <v>11</v>
+        <v>116</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="B94" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="B94" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="2" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="B95" s="2" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="B96" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="B96" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="2" t="s">
-        <v>226</v>
+        <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="C98" s="2" t="s">
         <v>229</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="B99" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="B99" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="2" t="s">
-        <v>116</v>
+        <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="B100" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="B100" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="2" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="B101" s="2" t="s">
         <v>235</v>
       </c>
-      <c r="B101" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="2" t="s">
-        <v>26</v>
+        <v>116</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="B102" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="B102" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="2" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="B103" s="2" t="s">
         <v>239</v>
       </c>
-      <c r="B103" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="2" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="B104" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="B104" s="2" t="s">
+      <c r="C104" s="2" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="2" t="s">
         <v>243</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>244</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="2" t="s">
         <v>245</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>21</v>
+        <v>229</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="2" t="s">
         <v>247</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>248</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>116</v>
+        <v>47</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="2" t="s">
         <v>249</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>250</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="2" t="s">
         <v>251</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>50</v>
+        <v>116</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="2" t="s">
         <v>253</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>254</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>166</v>
+        <v>67</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="2" t="s">
         <v>255</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>256</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="2" t="s">
         <v>257</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>259</v>
+        <v>50</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="B113" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="B113" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="2" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="B114" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="B114" s="2" t="s">
+      <c r="C114" s="2" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="2" t="s">
         <v>264</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="2" t="s">
         <v>266</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>267</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="2" t="s">
         <v>270</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>271</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="2" t="s">
         <v>272</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>274</v>
+        <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="B120" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="B120" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="2" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="B121" s="2" t="s">
         <v>277</v>
       </c>
-      <c r="B121" s="2" t="s">
+      <c r="C121" s="2" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="2" t="s">
         <v>279</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>280</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="2" t="s">
         <v>281</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>282</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="2" t="s">
         <v>283</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>285</v>
+        <v>116</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="B125" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="B125" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="2" t="s">
-        <v>288</v>
+        <v>29</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B126" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C126" s="2" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="B127" s="2" t="s">
         <v>291</v>
       </c>
-      <c r="B127" s="2" t="s">
+      <c r="C127" s="2" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="2" t="s">
         <v>293</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>294</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>109</v>
+        <v>289</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="2" t="s">
         <v>295</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>11</v>
+        <v>289</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="2" t="s">
         <v>297</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>298</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="2" t="s">
         <v>299</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="2" t="s">
         <v>301</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="2" t="s">
         <v>303</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>304</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>95</v>
+        <v>8</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="2" t="s">
         <v>305</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>306</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="2" t="s">
         <v>307</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>308</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>309</v>
+        <v>95</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="B136" s="2" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="B137" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="B137" s="2" t="s">
+      <c r="C137" s="2" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="2" t="s">
         <v>314</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="2" t="s">
         <v>316</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>317</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="2" t="s">
         <v>318</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>319</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="2" t="s">
         <v>320</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>321</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="B142" s="2" t="s">
         <v>323</v>
       </c>
-      <c r="B142" s="2" t="s">
+      <c r="C142" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="C142" s="2" t="s">
-        <v>322</v>
+      <c r="B143" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="B144" s="2" t="s">
+        <v>328</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>326</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:C1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>