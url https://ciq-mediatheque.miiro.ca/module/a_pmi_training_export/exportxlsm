--- v1 (2025-12-10)
+++ v2 (2026-02-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formations" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Formations'!$A$1:$C$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="329">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
   <si>
     <t>Nom de la formation</t>
   </si>
   <si>
     <t>Référence</t>
   </si>
   <si>
     <t>Thèmes</t>
   </si>
   <si>
     <t>A Better Understanding of Indigenous Realities</t>
   </si>
   <si>
     <t>CUL-ASH-0002</t>
   </si>
   <si>
     <t>Ressources humaines, Éthique, Déontologie, Communication</t>
   </si>
   <si>
     <t>Adaptation, régulation, émotions… Intervenir efficacement auprès des élèves</t>
   </si>
   <si>
     <t>PSY-MII-0403</t>
   </si>
   <si>
@@ -67,71 +67,71 @@
   <si>
     <t>Agir en prévention pour contrer les effets néfastes de l’anxiété : l’intervention précoce chez les 0-5 ans</t>
   </si>
   <si>
     <t>PSY-CEN-0024</t>
   </si>
   <si>
     <t>Psychologie</t>
   </si>
   <si>
     <t>Aimer et aider l’enfant agressif : comprendre, observer et intervenir</t>
   </si>
   <si>
     <t>PSY-CEN-0002</t>
   </si>
   <si>
     <t>Améliorez vos rétroactions en classe</t>
   </si>
   <si>
     <t>EDU-MII-0008</t>
   </si>
   <si>
     <t>Éducation</t>
   </si>
   <si>
+    <t>Analyse de la marche</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0011</t>
+  </si>
+  <si>
+    <t>Santé</t>
+  </si>
+  <si>
     <t>Anxiété et troubles anxieux dans un contexte de légalisation du cannabis</t>
   </si>
   <si>
     <t>PSY-CEN-0030</t>
   </si>
   <si>
     <t>Approche palliative et soins de fin de vie</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0010</t>
   </si>
   <si>
-    <t>Santé</t>
-[...7 lines deleted...]
-  <si>
     <t>Cession, sous-location et clauses de défaut - Bail commercial</t>
   </si>
   <si>
     <t>DR-MII-0014</t>
   </si>
   <si>
     <t>Droit, Immobilier et hypothèque</t>
   </si>
   <si>
     <t>Chronos : Juste à temps</t>
   </si>
   <si>
     <t>pk-GES-IDL-1001</t>
   </si>
   <si>
     <t>Gestion</t>
   </si>
   <si>
     <t>Comment aborder les conversations difficiles et les conflits ?</t>
   </si>
   <si>
     <t>SAN-XCE-0001</t>
   </si>
   <si>
     <t>Communication, OHDQ</t>
@@ -160,83 +160,95 @@
   <si>
     <t>Psychologie, Ressources humaines, Éthique, Déontologie, OHDQ</t>
   </si>
   <si>
     <t>Conception universelle des apprentissages</t>
   </si>
   <si>
     <t>PSY-MII-2401</t>
   </si>
   <si>
     <t>De l’hyperconnectivité à la  dépendance à Internet</t>
   </si>
   <si>
     <t>PSY-MII-0302</t>
   </si>
   <si>
     <t>Découverte de l’informatique : Histoire, matériel et application</t>
   </si>
   <si>
     <t>BUR-TEC-EL377</t>
   </si>
   <si>
     <t>Bureautique</t>
   </si>
   <si>
+    <t>Démystifier les modèles d'orthèses tibio-pédieuses : approche clinique et décisionnelle</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0010</t>
+  </si>
+  <si>
     <t>Déontologie et contrat: une lecture à 360° de vos droits et obligations</t>
   </si>
   <si>
     <t>LEG-OTPQ-0001</t>
   </si>
   <si>
     <t>Toutes les formations</t>
   </si>
   <si>
     <t>Dépendances en milieu de travail</t>
   </si>
   <si>
     <t>SAN-MII-0001</t>
   </si>
   <si>
     <t>Psychologie, Ressources humaines, Santé, Éthique, Déontologie, Formations à venir</t>
   </si>
   <si>
     <t>Dépistage des troubles neurodéveloppementaux 0-5 ans</t>
   </si>
   <si>
     <t>PSY-CEN-0001</t>
   </si>
   <si>
     <t>Déterminer les méthodes d’enquête appropriées</t>
   </si>
   <si>
     <t>RH-CIQ-0002</t>
   </si>
   <si>
     <t>Droit, Ressources humaines, Éthique, Déontologie</t>
   </si>
   <si>
+    <t>Développement et validation d’une nouvelle orthèse pour pied tombant avec appui antérieur</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0001</t>
+  </si>
+  <si>
     <t>Divorce et retraite, le patrimoine familial, REER, CELI et autres véhicules individuels</t>
   </si>
   <si>
     <t>FIS-MII-0028</t>
   </si>
   <si>
     <t>Fiscalité</t>
   </si>
   <si>
     <t>Droit administratif - La Loi sur les accidents de travail et les maladies professionnelles</t>
   </si>
   <si>
     <t>DR-EBQ-9293</t>
   </si>
   <si>
     <t>Droit, Santé, Santé et sécurité au travail</t>
   </si>
   <si>
     <t>Droit de la famille - Les principaux recours en droit de la famille</t>
   </si>
   <si>
     <t>DR-EBQ-9284</t>
   </si>
   <si>
     <t>Droit</t>
@@ -253,134 +265,164 @@
   <si>
     <t>DR-EBQ-9068</t>
   </si>
   <si>
     <t>Éducation, Droit, Ressources humaines</t>
   </si>
   <si>
     <t>Droit des personnes - La personne majeure inapte</t>
   </si>
   <si>
     <t>DR-BAR-9179</t>
   </si>
   <si>
     <t>Droit des personnes - La personne mineure</t>
   </si>
   <si>
     <t>DR-BAR-9178</t>
   </si>
   <si>
     <t>Droit du travail - Les rapports individuels de travail</t>
   </si>
   <si>
     <t>DR-EBQ-7268</t>
   </si>
   <si>
+    <t>Dysfonction du tendon du muscle tibial postérieur et orthèses plantaires : État des connaissances actuelles</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0005</t>
+  </si>
+  <si>
     <t>Émergence des troubles de personnalité à l’adolescence partie 1</t>
   </si>
   <si>
     <t>PSY-MII-0075</t>
   </si>
   <si>
     <t>Émergence des troubles de personnalité à l’adolescence partie 2</t>
   </si>
   <si>
     <t>PSY-MII-0076</t>
   </si>
   <si>
+    <t>Engagement et motivation de l’élève : comprendre et agir</t>
+  </si>
+  <si>
+    <t>EDU-MII-00612</t>
+  </si>
+  <si>
     <t>Enseigner au Québec</t>
   </si>
   <si>
     <t>EDU-MII-0012</t>
   </si>
   <si>
     <t>Enseigner au Québec - La différenciation pédagogique</t>
   </si>
   <si>
     <t>EDU-MII-0014</t>
   </si>
   <si>
     <t>Enseigner au Québec - Les bases du système scolaire</t>
   </si>
   <si>
     <t>EDU-MII-0013</t>
   </si>
   <si>
     <t>Enseigner au Québec - Les différentes clientèles et les élèves à besoins particuliers</t>
   </si>
   <si>
     <t>EDU-MII-0015</t>
   </si>
   <si>
     <t>Enseigner au Québec - Les intervenants du milieu scolaire et leurs rôles</t>
   </si>
   <si>
     <t>EDU-MII-0016</t>
   </si>
   <si>
+    <t>Enseigner au Québec - Survol des programmes</t>
+  </si>
+  <si>
+    <t>EDU-MII-0017</t>
+  </si>
+  <si>
     <t>Éthique et déontologie</t>
   </si>
   <si>
     <t>OTPQ-MII-0007</t>
   </si>
   <si>
     <t>Éthique, Déontologie</t>
   </si>
   <si>
+    <t>Évaluation de l’orthèse du genou à axe hélicoïdale par radiographie 3D et l’utilisation de l’intelligence artificielle</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0015</t>
+  </si>
+  <si>
     <t>Évaluation neuropsychologique de l'enfant d'âge préscolaire</t>
   </si>
   <si>
     <t>PSY-CEN-1002</t>
   </si>
   <si>
     <t>Excel 2021 : Des fondamentaux au perfectionnement</t>
   </si>
   <si>
     <t>BUR-TEC-EL376</t>
   </si>
   <si>
     <t>Excel 2021 : Fonctionnalités avancées</t>
   </si>
   <si>
     <t>BUR-TEC-EL374</t>
   </si>
   <si>
     <t>Excel 2021 : Maîtrise des fondamentaux</t>
   </si>
   <si>
     <t>BUR-TEC-EL375</t>
   </si>
   <si>
     <t>Exceller en service à la clientèle pour optimiser l'expérience</t>
   </si>
   <si>
     <t>GES-TEC-EL011</t>
   </si>
   <si>
     <t>Communication</t>
   </si>
   <si>
+    <t>Évaluation biomécanique de la personne amputée en contexte fonctionnel éléments importants à considérer</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0003</t>
+  </si>
+  <si>
     <t>Faillite et insolvabilité</t>
   </si>
   <si>
     <t>DR-EBQ-7299</t>
   </si>
   <si>
     <t>Fiscalité, Droit</t>
   </si>
   <si>
     <t>Faire le poids face à l’anorexie partie 1</t>
   </si>
   <si>
     <t>PSY-MII-0080</t>
   </si>
   <si>
     <t>Faire le poids face à l’anorexie partie 2</t>
   </si>
   <si>
     <t>PSY-MII-0081</t>
   </si>
   <si>
     <t>Faire le suivi d'une réunion</t>
   </si>
   <si>
     <t>GES-IDL-0008</t>
@@ -433,119 +475,131 @@
   <si>
     <t>Gestion de votre temps : prendre concience</t>
   </si>
   <si>
     <t>GES-IDL-0001</t>
   </si>
   <si>
     <t>Gestion du temps, des activités et des priorités avec la méthode Qualitemps</t>
   </si>
   <si>
     <t>BUR-TEC-EL012</t>
   </si>
   <si>
     <t>Guide technique sur les sols influençant les demandes de permis des installations septiques</t>
   </si>
   <si>
     <t>TEC-OTPQ-0004</t>
   </si>
   <si>
     <t>Initiation à l'IA générative au travail</t>
   </si>
   <si>
     <t>TEC-MII-0001</t>
   </si>
   <si>
-    <t>Éthique, Déontologie, Gestion, Bureautique, Formations à venir</t>
+    <t>Éthique, Déontologie, Gestion, Bureautique</t>
   </si>
   <si>
     <t>Intervention auprès des adolescents victimes de trauma</t>
   </si>
   <si>
     <t>PSY-MII-0053</t>
   </si>
   <si>
     <t>Jeux et apprentissages</t>
   </si>
   <si>
     <t>EDU-MII-0011</t>
   </si>
   <si>
     <t>L'aliénation parentale : Le rôle du psychologue en milieu scolaire</t>
   </si>
   <si>
     <t>PSY-MII-00055</t>
   </si>
   <si>
     <t>La justice participative</t>
   </si>
   <si>
     <t>DR-BAR-9181</t>
   </si>
   <si>
     <t>La méditation de pleine conscience : présentation MindUp TM</t>
   </si>
   <si>
     <t>PSY-MII-0001</t>
   </si>
   <si>
     <t>La méditation de pleine conscience chez les jeunes</t>
   </si>
   <si>
     <t>PSY-MII-0003</t>
   </si>
   <si>
+    <t>La neuro-psychologie intégrée auprès de la clientèle amputée</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0007</t>
+  </si>
+  <si>
     <t>La pédagogie inversée au service de l'enseignement à distance</t>
   </si>
   <si>
     <t>EDU-MII-0001</t>
   </si>
   <si>
     <t>La représentation des fractions aux 2e et 3e cycles</t>
   </si>
   <si>
     <t>EDU-MII-0009</t>
   </si>
   <si>
     <t>La santé mentale, c’est l’affaire de tous !</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0016</t>
   </si>
   <si>
     <t>Psychologie, Santé, OHDQ</t>
   </si>
   <si>
     <t>La synergie d'équipe par l'intelligence émotionnelle</t>
   </si>
   <si>
     <t>GES-TEC-EL006</t>
   </si>
   <si>
     <t>Psychologie, Gestion, Communication</t>
   </si>
   <si>
+    <t>Le 1er appareillage myoélectrique pour amputation trans-radiale avec système de contrôle Myo-Plus</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0004</t>
+  </si>
+  <si>
     <t>Le bien-être animal : Comment s’y retrouver ?</t>
   </si>
   <si>
     <t>ANI-OTPQ-0001</t>
   </si>
   <si>
     <t>Le contexte de crise dans lequel les adolescents décident de quitter l’école</t>
   </si>
   <si>
     <t>EDU-MII-0006</t>
   </si>
   <si>
     <t>Le nouveau cadre juridique et la détermination des sanctions</t>
   </si>
   <si>
     <t>RH-CIQ-0003</t>
   </si>
   <si>
     <t>Le système professionnel québécois : votre allié pour servir le public</t>
   </si>
   <si>
     <t>SPQ-CIQ-0001</t>
   </si>
   <si>
     <t>Le TDA/H et les troubles anxieux chez les jeunes</t>
@@ -577,59 +631,71 @@
   <si>
     <t>EDU-MII-1001</t>
   </si>
   <si>
     <t>Éducation, Gestion, Gouvernance</t>
   </si>
   <si>
     <t>Lecture et anxiété: comprendre et intervenir auprès de l’élève</t>
   </si>
   <si>
     <t>PSY-CEN-0032</t>
   </si>
   <si>
     <t>Les bases du droit d'auteur : Comment protéger son œuvre originale?</t>
   </si>
   <si>
     <t>TEC-OTPQ-0002</t>
   </si>
   <si>
     <t>Les essentiels de la gestion de projets</t>
   </si>
   <si>
     <t>GES-TEC-EL001</t>
   </si>
   <si>
+    <t>Les Geck’s Tips, une prothèse digitale fonctionnelle en silicone créée à partir d'une impression 3D</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0006</t>
+  </si>
+  <si>
     <t>Les maladies infectieuses : les comprendre pour les prévenir</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0017</t>
   </si>
   <si>
     <t>Santé, OHDQ</t>
   </si>
   <si>
+    <t>Les modalités de taping simples et efficaces à intégrer à ma pratique</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0009</t>
+  </si>
+  <si>
     <t>Les notes d’évolution</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0014</t>
   </si>
   <si>
     <t>Les obligations - La vente</t>
   </si>
   <si>
     <t>DR-EBQ-7545</t>
   </si>
   <si>
     <t>Fiscalité, Droit, Gestion</t>
   </si>
   <si>
     <t>Les obligations - Le louage</t>
   </si>
   <si>
     <t>DR-EBQ-7566</t>
   </si>
   <si>
     <t>Droit, Gestion</t>
   </si>
   <si>
     <t>Les particularités du TDAH chez les filles</t>
@@ -763,50 +829,62 @@
   <si>
     <t>CHI-OCQ-0003</t>
   </si>
   <si>
     <t>Chimie</t>
   </si>
   <si>
     <t>Opérations sur les fractions</t>
   </si>
   <si>
     <t>EDU-MII-0010</t>
   </si>
   <si>
     <t>Optimisez votre gestion documentaire électronique</t>
   </si>
   <si>
     <t>GES-TEC-EL000</t>
   </si>
   <si>
     <t>Outlook 2021 : Pour une messagerie bien utilisée</t>
   </si>
   <si>
     <t>BUR-TEC-EL379</t>
   </si>
   <si>
+    <t>Parcours de vie et mobilité : l’orthèse comme alliée dans les ataxies spastiques</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0013</t>
+  </si>
+  <si>
+    <t>Parlons emboîtures tibiales</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0014</t>
+  </si>
+  <si>
     <t>Plaie et nutrition : pour des soins infirmiers de qualité optimale</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0013</t>
   </si>
   <si>
     <t>Planifier une réunion</t>
   </si>
   <si>
     <t>GES-IDL-0004</t>
   </si>
   <si>
     <t>Pouvoir des fiduciaires, sociétés d’acquêts et fiducie de gel successoral</t>
   </si>
   <si>
     <t>DR-MII-0018</t>
   </si>
   <si>
     <t>PowerPoint 2021 : Des fondamentaux au perfectionnement</t>
   </si>
   <si>
     <t>BUR-TEC-EL378</t>
   </si>
   <si>
     <t>Pratiques en assainissement des eaux usées des résidences isolées : conseils et recommandations</t>
@@ -832,50 +910,56 @@
   <si>
     <t>Prévenir et détecter les difficultés d’apprentissage en lecture</t>
   </si>
   <si>
     <t>EDU-MII-0002</t>
   </si>
   <si>
     <t>Prévention du décrochage scolaire : rôle du psychologue scolaire dans le diagnostic différentiel, apport de la psychopathologie</t>
   </si>
   <si>
     <t>PSY-MII-0079</t>
   </si>
   <si>
     <t>Priorités, hypothèques et hypothèques légales</t>
   </si>
   <si>
     <t>DR-MII-0016</t>
   </si>
   <si>
     <t>Quatre clauses d'intérêt pour le locataire, garanties - Bail commercial</t>
   </si>
   <si>
     <t>DR-MII-0012</t>
   </si>
   <si>
+    <t>Quel élément de correction pour une orthèse plantaire efficace</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0012</t>
+  </si>
+  <si>
     <t>Quels sont les indicateurs cliniques d’un trouble neurodéveloppemental ?</t>
   </si>
   <si>
     <t>PSY-MII-0067</t>
   </si>
   <si>
     <t>Qu’en est-il de l’anxiété chez l’autiste ?</t>
   </si>
   <si>
     <t>PSY-CEN-0033</t>
   </si>
   <si>
     <t>Reconnaître l'inconduite sexuelle, ses formes et les conséquences pour l’intimé et son entourage</t>
   </si>
   <si>
     <t>RH-CIQ-0004</t>
   </si>
   <si>
     <t>Psychologie, Ressources humaines, Éthique, Déontologie</t>
   </si>
   <si>
     <t>Régime de retraite individuel (RRI) et régime de rente du Québec</t>
   </si>
   <si>
     <t>FIS-MII-0026</t>
@@ -943,54 +1027,66 @@
   <si>
     <t>Soutenir le développement de l'identité professionnelle et évaluer la compétence - Partie 2</t>
   </si>
   <si>
     <t>PSY-MII-0073</t>
   </si>
   <si>
     <t>Stress, anxiété, anxiété de performance : bien comprendre pour mieux agir</t>
   </si>
   <si>
     <t>PSY-MII-0301</t>
   </si>
   <si>
     <t>Teams : Travailler en équipe avec Microsoft 365</t>
   </si>
   <si>
     <t>BUR-TEC-EL449</t>
   </si>
   <si>
     <t>Technologues : Professionnels et entrepreneurs</t>
   </si>
   <si>
     <t>TEC-OTPQ-0003</t>
   </si>
   <si>
+    <t>TOP au Québec: quand soigner les autres devient un défi pour leur santé musculosquelettique</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0002</t>
+  </si>
+  <si>
     <t>Trouble développement de coordination Dyspraxie : comprendre, évaluer, intervenir</t>
   </si>
   <si>
     <t>PSY-CEN-0035</t>
+  </si>
+  <si>
+    <t>Troubles cutanés et hyperhidrose chez l’amputé</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0008</t>
   </si>
   <si>
     <t>TSA de l’enfance à l’adulte</t>
   </si>
   <si>
     <t>PSY-MII-0005</t>
   </si>
   <si>
     <t>Psychologie, OHDQ</t>
   </si>
   <si>
     <t>Un programme de postvention peut-il réduire l'impact traumatique</t>
   </si>
   <si>
     <t>PSY-MII-0077</t>
   </si>
   <si>
     <t>Utilisez Outlook Web App (OWA)</t>
   </si>
   <si>
     <t>BUR-TEC-EL447</t>
   </si>
   <si>
     <t>Word 2021 : Des fondamentaux au perfectionnement</t>
   </si>
@@ -1382,54 +1478,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C144"/>
+  <dimension ref="A1:C160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:C144"/>
+      <selection activeCell="A2" sqref="A2:C160"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="96.690674" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1469,73 +1565,73 @@
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:3">
@@ -1601,1426 +1697,1602 @@
         <v>44</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="B20" s="2" t="s">
+      <c r="C20" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B21" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="B21" s="2" t="s">
+      <c r="C21" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B23" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="B23" s="2" t="s">
+      <c r="C23" s="2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B24" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="B24" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="2" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C25" s="2" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="2" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B27" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="B27" s="2" t="s">
+      <c r="C27" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B28" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="B28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="2" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B29" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="B29" s="2" t="s">
+      <c r="C29" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>92</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B39" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="B39" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="2" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B40" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="B40" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="2" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B41" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="B41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="2" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B42" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="B42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="2" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B43" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="B43" s="2" t="s">
+      <c r="C43" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B44" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="B44" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="2" t="s">
-        <v>109</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>116</v>
+        <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>119</v>
+        <v>47</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>124</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>16</v>
+        <v>123</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>29</v>
+        <v>130</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="C55" s="2" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B56" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="B56" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="2" t="s">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B57" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="B57" s="2" t="s">
+      <c r="C57" s="2" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B58" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="B58" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="2" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B59" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="B59" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="2" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="B60" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="B60" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="2" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B61" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="B61" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="2" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="B62" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="B62" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="2" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="B63" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="B63" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="2" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="B64" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="B64" s="2" t="s">
+      <c r="C64" s="2" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
         <v>154</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>157</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>158</v>
+        <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="B67" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="B67" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="2" t="s">
-        <v>161</v>
+        <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>58</v>
+        <v>8</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C74" s="2" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B75" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="B75" s="2" t="s">
+      <c r="C75" s="2" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
         <v>178</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>180</v>
+        <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="B77" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="B77" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="2" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="B78" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="B78" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="2" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B79" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="B79" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="2" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B80" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="B80" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="2" t="s">
-        <v>189</v>
+        <v>52</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>194</v>
+        <v>8</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>197</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>16</v>
+        <v>198</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>208</v>
+        <v>29</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="2" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>21</v>
+        <v>209</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="2" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="2" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="2" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>116</v>
+        <v>216</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="C94" s="2" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="B95" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="B95" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="B96" s="2" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="B97" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="B97" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="B98" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="B98" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="2" t="s">
-        <v>229</v>
+        <v>29</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="C99" s="2" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="B100" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="B100" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="2" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="B101" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="B101" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="2" t="s">
-        <v>116</v>
+        <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="B102" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="B102" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="B103" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="B103" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="2" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="B104" s="2" t="s">
         <v>240</v>
       </c>
-      <c r="B104" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="2" t="s">
-        <v>242</v>
+        <v>130</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="2" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="2" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="2" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="2" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C109" s="2" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="B110" s="2" t="s">
         <v>253</v>
       </c>
-      <c r="B110" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="2" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="B111" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="B111" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="2" t="s">
-        <v>47</v>
+        <v>5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="B112" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="B112" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="2" t="s">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="B113" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="B113" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="B114" s="2" t="s">
         <v>261</v>
       </c>
-      <c r="B114" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="2" t="s">
-        <v>263</v>
+        <v>26</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="B115" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="C115" s="2" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="B116" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="B116" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="2" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="B117" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="B117" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="2" t="s">
-        <v>26</v>
+        <v>251</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="B118" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="B118" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="2" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="B119" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="B119" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="B120" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="B120" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="B121" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="B121" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" s="2" t="s">
-        <v>278</v>
+        <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="2" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>61</v>
+        <v>130</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="2" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>116</v>
+        <v>47</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="2" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="2" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>289</v>
+        <v>8</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="2" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="2" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>289</v>
+        <v>16</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="2" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>289</v>
+        <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="2" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="2" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="2" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="2" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="2" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>95</v>
+        <v>306</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="2" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="2" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>313</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="2" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>11</v>
+        <v>130</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="2" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="2" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>47</v>
+        <v>317</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B141" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="C141" s="2" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="B142" s="2" t="s">
         <v>322</v>
       </c>
-      <c r="B142" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="2" t="s">
-        <v>47</v>
+        <v>317</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="B143" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="B143" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="2" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="B144" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="B144" s="2" t="s">
+      <c r="B145" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="C144" s="2" t="s">
-        <v>326</v>
+      <c r="C145" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="B146" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="B147" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="C147" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="B148" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="B149" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="C149" s="2" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="B150" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="C150" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="B151" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="C151" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="B152" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="B153" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="C153" s="2" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="B154" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="B155" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="B156" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="B157" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="C157" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="B158" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="B159" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="B160" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>358</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:C1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>