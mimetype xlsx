--- v2 (2026-02-04)
+++ v3 (2026-03-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formations" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Formations'!$A$1:$C$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
   <si>
     <t>Nom de la formation</t>
   </si>
   <si>
     <t>Référence</t>
   </si>
   <si>
     <t>Thèmes</t>
   </si>
   <si>
     <t>A Better Understanding of Indigenous Realities</t>
   </si>
   <si>
     <t>CUL-ASH-0002</t>
   </si>
   <si>
     <t>Ressources humaines, Éthique, Déontologie, Communication</t>
   </si>
   <si>
     <t>Adaptation, régulation, émotions… Intervenir efficacement auprès des élèves</t>
   </si>
   <si>
     <t>PSY-MII-0403</t>
   </si>
   <si>
@@ -106,620 +106,596 @@
   <si>
     <t>Approche palliative et soins de fin de vie</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0010</t>
   </si>
   <si>
     <t>Cession, sous-location et clauses de défaut - Bail commercial</t>
   </si>
   <si>
     <t>DR-MII-0014</t>
   </si>
   <si>
     <t>Droit, Immobilier et hypothèque</t>
   </si>
   <si>
     <t>Chronos : Juste à temps</t>
   </si>
   <si>
     <t>pk-GES-IDL-1001</t>
   </si>
   <si>
     <t>Gestion</t>
   </si>
   <si>
+    <t>Cohabiter avec l'eau : Architecture résiliente aux inondations</t>
+  </si>
+  <si>
+    <t>TEC-OTPQ-0007</t>
+  </si>
+  <si>
+    <t>Toutes les formations</t>
+  </si>
+  <si>
     <t>Comment aborder les conversations difficiles et les conflits ?</t>
   </si>
   <si>
     <t>SAN-XCE-0001</t>
   </si>
   <si>
     <t>Communication, OHDQ</t>
   </si>
   <si>
+    <t>Comment favoriser l’adaptation des enfants et des familles migrantes en psychologie scolaire - Partie 1</t>
+  </si>
+  <si>
+    <t>PSY-MII-2501</t>
+  </si>
+  <si>
+    <t>Comment favoriser l’adaptation des enfants et des familles migrantes en psychologie scolaire - Partie 2</t>
+  </si>
+  <si>
+    <t>PSY-MII-2502</t>
+  </si>
+  <si>
     <t>Comment se manifeste l’anxiété chez les patients atteint du Syndrome de Gilles de la Tourette - SGT</t>
   </si>
   <si>
     <t>PSY-CEN-0026</t>
   </si>
   <si>
     <t>Communication consciente</t>
   </si>
   <si>
     <t>RH-MII-0047</t>
   </si>
   <si>
     <t>Ressources humaines, Communication, OHDQ</t>
   </si>
   <si>
+    <t>Comprendre et maîtriser les pièges de la productivité pour mieux gérer sa charge de travail</t>
+  </si>
+  <si>
+    <t>TEC-OTPQ-0008</t>
+  </si>
+  <si>
+    <t>Gestion, Gouvernance</t>
+  </si>
+  <si>
     <t>Comprendre les enjeux et les conséquences pour la victime, les proches et les témoins</t>
   </si>
   <si>
     <t>RH-CIQ-0001</t>
   </si>
   <si>
     <t>Psychologie, Ressources humaines, Éthique, Déontologie, OHDQ</t>
   </si>
   <si>
     <t>Conception universelle des apprentissages</t>
   </si>
   <si>
     <t>PSY-MII-2401</t>
   </si>
   <si>
+    <t>Concilier intelligence humaine et intelligence technologique : le sens comme boussole</t>
+  </si>
+  <si>
+    <t>TEC-OTPQ-0009</t>
+  </si>
+  <si>
     <t>De l’hyperconnectivité à la  dépendance à Internet</t>
   </si>
   <si>
     <t>PSY-MII-0302</t>
   </si>
   <si>
     <t>Découverte de l’informatique : Histoire, matériel et application</t>
   </si>
   <si>
     <t>BUR-TEC-EL377</t>
   </si>
   <si>
     <t>Bureautique</t>
   </si>
   <si>
     <t>Démystifier les modèles d'orthèses tibio-pédieuses : approche clinique et décisionnelle</t>
   </si>
   <si>
     <t>AOPQ-TEC-0010</t>
   </si>
   <si>
     <t>Déontologie et contrat: une lecture à 360° de vos droits et obligations</t>
   </si>
   <si>
     <t>LEG-OTPQ-0001</t>
   </si>
   <si>
-    <t>Toutes les formations</t>
-[...1 lines deleted...]
-  <si>
     <t>Dépendances en milieu de travail</t>
   </si>
   <si>
     <t>SAN-MII-0001</t>
   </si>
   <si>
     <t>Psychologie, Ressources humaines, Santé, Éthique, Déontologie, Formations à venir</t>
   </si>
   <si>
     <t>Dépistage des troubles neurodéveloppementaux 0-5 ans</t>
   </si>
   <si>
     <t>PSY-CEN-0001</t>
   </si>
   <si>
     <t>Déterminer les méthodes d’enquête appropriées</t>
   </si>
   <si>
     <t>RH-CIQ-0002</t>
   </si>
   <si>
     <t>Droit, Ressources humaines, Éthique, Déontologie</t>
   </si>
   <si>
     <t>Développement et validation d’une nouvelle orthèse pour pied tombant avec appui antérieur</t>
   </si>
   <si>
     <t>AOPQ-TEC-0001</t>
   </si>
   <si>
     <t>Divorce et retraite, le patrimoine familial, REER, CELI et autres véhicules individuels</t>
   </si>
   <si>
     <t>FIS-MII-0028</t>
   </si>
   <si>
     <t>Fiscalité</t>
   </si>
   <si>
-    <t>Droit administratif - La Loi sur les accidents de travail et les maladies professionnelles</t>
-[...11 lines deleted...]
-    <t>DR-EBQ-9284</t>
+    <t>Dysfonction du tendon du muscle tibial postérieur et orthèses plantaires : État des connaissances actuelles</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0005</t>
+  </si>
+  <si>
+    <t>Efficacité et flexibilité : l'apport des technologues professionnels dans les projets d'infrastructures publiques</t>
+  </si>
+  <si>
+    <t>TEC-OTPQ-0013</t>
+  </si>
+  <si>
+    <t>Émergence des troubles de personnalité à l’adolescence partie 1</t>
+  </si>
+  <si>
+    <t>PSY-MII-0075</t>
+  </si>
+  <si>
+    <t>Émergence des troubles de personnalité à l’adolescence partie 2</t>
+  </si>
+  <si>
+    <t>PSY-MII-0076</t>
+  </si>
+  <si>
+    <t>Engagement et motivation de l’élève : comprendre et agir</t>
+  </si>
+  <si>
+    <t>EDU-MII-00612</t>
+  </si>
+  <si>
+    <t>Enseigner au Québec</t>
+  </si>
+  <si>
+    <t>EDU-MII-0012</t>
+  </si>
+  <si>
+    <t>Enseigner au Québec - La différenciation pédagogique</t>
+  </si>
+  <si>
+    <t>EDU-MII-0014</t>
+  </si>
+  <si>
+    <t>Enseigner au Québec - Les bases du système scolaire</t>
+  </si>
+  <si>
+    <t>EDU-MII-0013</t>
+  </si>
+  <si>
+    <t>Enseigner au Québec - Les différentes clientèles et les élèves à besoins particuliers</t>
+  </si>
+  <si>
+    <t>EDU-MII-0015</t>
+  </si>
+  <si>
+    <t>Enseigner au Québec - Les intervenants du milieu scolaire et leurs rôles</t>
+  </si>
+  <si>
+    <t>EDU-MII-0016</t>
+  </si>
+  <si>
+    <t>Enseigner au Québec - Survol des programmes</t>
+  </si>
+  <si>
+    <t>EDU-MII-0017</t>
+  </si>
+  <si>
+    <t>Éthique et déontologie</t>
+  </si>
+  <si>
+    <t>OTPQ-MII-0007</t>
+  </si>
+  <si>
+    <t>Éthique, Déontologie</t>
+  </si>
+  <si>
+    <t>Évaluation de l’orthèse du genou à axe hélicoïdale par radiographie 3D et l’utilisation de l’intelligence artificielle</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0015</t>
+  </si>
+  <si>
+    <t>Évaluation neuropsychologique de l'enfant d'âge préscolaire</t>
+  </si>
+  <si>
+    <t>PSY-CEN-1002</t>
+  </si>
+  <si>
+    <t>Excel 2021 : Des fondamentaux au perfectionnement</t>
+  </si>
+  <si>
+    <t>BUR-TEC-EL376</t>
+  </si>
+  <si>
+    <t>Excel 2021 : Fonctionnalités avancées</t>
+  </si>
+  <si>
+    <t>BUR-TEC-EL374</t>
+  </si>
+  <si>
+    <t>Excel 2021 : Maîtrise des fondamentaux</t>
+  </si>
+  <si>
+    <t>BUR-TEC-EL375</t>
+  </si>
+  <si>
+    <t>Exceller en service à la clientèle pour optimiser l'expérience</t>
+  </si>
+  <si>
+    <t>GES-TEC-EL011</t>
+  </si>
+  <si>
+    <t>Communication</t>
+  </si>
+  <si>
+    <t>Évaluation biomécanique de la personne amputée en contexte fonctionnel éléments importants à considérer</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0003</t>
+  </si>
+  <si>
+    <t>Faire le poids face à l’anorexie partie 1</t>
+  </si>
+  <si>
+    <t>PSY-MII-0080</t>
+  </si>
+  <si>
+    <t>Faire le poids face à l’anorexie partie 2</t>
+  </si>
+  <si>
+    <t>PSY-MII-0081</t>
+  </si>
+  <si>
+    <t>Faire le suivi d'une réunion</t>
+  </si>
+  <si>
+    <t>GES-IDL-0008</t>
+  </si>
+  <si>
+    <t>Gestion, Communication</t>
+  </si>
+  <si>
+    <t>Gérer au mieux son temps et ses priorités</t>
+  </si>
+  <si>
+    <t>GES-C3P-0001</t>
+  </si>
+  <si>
+    <t>Gestion, OHDQ</t>
+  </si>
+  <si>
+    <t>Gérer le climat d'une réunion</t>
+  </si>
+  <si>
+    <t>GES-IDL-0007</t>
+  </si>
+  <si>
+    <t>Gérer son stress</t>
+  </si>
+  <si>
+    <t>SAN-XCE-0002</t>
+  </si>
+  <si>
+    <t>Psychologie, Communication</t>
+  </si>
+  <si>
+    <t>Gestion de classe</t>
+  </si>
+  <si>
+    <t>EDU-MII-0004</t>
+  </si>
+  <si>
+    <t>Gestion de votre temps : avec les autres</t>
+  </si>
+  <si>
+    <t>GES-IDL-0003</t>
+  </si>
+  <si>
+    <t>Gestion de votre temps : dans l'action</t>
+  </si>
+  <si>
+    <t>GES-IDL-0002</t>
+  </si>
+  <si>
+    <t>Gestion de votre temps : prendre concience</t>
+  </si>
+  <si>
+    <t>GES-IDL-0001</t>
+  </si>
+  <si>
+    <t>Gestion du temps, des activités et des priorités avec la méthode Qualitemps</t>
+  </si>
+  <si>
+    <t>BUR-TEC-EL012</t>
+  </si>
+  <si>
+    <t>Guide technique sur les sols influençant les demandes de permis des installations septiques</t>
+  </si>
+  <si>
+    <t>TEC-OTPQ-0004</t>
+  </si>
+  <si>
+    <t>Initiation à l'IA générative au travail</t>
+  </si>
+  <si>
+    <t>TEC-MII-0001</t>
+  </si>
+  <si>
+    <t>Éthique, Déontologie, Gestion, Bureautique</t>
+  </si>
+  <si>
+    <t>Initiation à l'IA générative au travail : Cadre théorique</t>
+  </si>
+  <si>
+    <t>TEC-MII-0002</t>
+  </si>
+  <si>
+    <t>Initiation à l'IA générative au travail : Mise en pratique</t>
+  </si>
+  <si>
+    <t>TEC-MII-0003</t>
+  </si>
+  <si>
+    <t>Intervention auprès des adolescents victimes de trauma</t>
+  </si>
+  <si>
+    <t>PSY-MII-0053</t>
+  </si>
+  <si>
+    <t>Jeux et apprentissages</t>
+  </si>
+  <si>
+    <t>EDU-MII-0011</t>
+  </si>
+  <si>
+    <t>L'aliénation parentale : Le rôle du psychologue en milieu scolaire</t>
+  </si>
+  <si>
+    <t>PSY-MII-00055</t>
+  </si>
+  <si>
+    <t>La méditation de pleine conscience : présentation MindUp TM</t>
+  </si>
+  <si>
+    <t>PSY-MII-0001</t>
+  </si>
+  <si>
+    <t>La méditation de pleine conscience chez les jeunes</t>
+  </si>
+  <si>
+    <t>PSY-MII-0003</t>
+  </si>
+  <si>
+    <t>La neuro-psychologie intégrée auprès de la clientèle amputée</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0007</t>
+  </si>
+  <si>
+    <t>La pédagogie inversée au service de l'enseignement à distance</t>
+  </si>
+  <si>
+    <t>EDU-MII-0001</t>
+  </si>
+  <si>
+    <t>La représentation des fractions aux 2e et 3e cycles</t>
+  </si>
+  <si>
+    <t>EDU-MII-0009</t>
+  </si>
+  <si>
+    <t>La santé mentale, c’est l’affaire de tous !</t>
+  </si>
+  <si>
+    <t>SAN-OIIAQ-0016</t>
+  </si>
+  <si>
+    <t>Psychologie, Santé, OHDQ</t>
+  </si>
+  <si>
+    <t>La synergie d'équipe par l'intelligence émotionnelle</t>
+  </si>
+  <si>
+    <t>GES-TEC-EL006</t>
+  </si>
+  <si>
+    <t>Psychologie, Gestion, Communication</t>
+  </si>
+  <si>
+    <t>Laboratoire dans les champs :  l’arrivée de l’intelligence artificielle en recherche</t>
+  </si>
+  <si>
+    <t>TEC-OTPQ-0006</t>
+  </si>
+  <si>
+    <t>Le 1er appareillage myoélectrique pour amputation trans-radiale avec système de contrôle Myo-Plus</t>
+  </si>
+  <si>
+    <t>AOPQ-TEC-0004</t>
+  </si>
+  <si>
+    <t>Le bien-être animal : Comment s’y retrouver ?</t>
+  </si>
+  <si>
+    <t>ANI-OTPQ-0001</t>
+  </si>
+  <si>
+    <t>Le contexte de crise dans lequel les adolescents décident de quitter l’école</t>
+  </si>
+  <si>
+    <t>EDU-MII-0006</t>
+  </si>
+  <si>
+    <t>Le nouveau cadre juridique et la détermination des sanctions</t>
+  </si>
+  <si>
+    <t>RH-CIQ-0003</t>
+  </si>
+  <si>
+    <t>Le système professionnel québécois : votre allié pour servir le public</t>
+  </si>
+  <si>
+    <t>SPQ-CIQ-0001</t>
+  </si>
+  <si>
+    <t>Le TDA/H et les troubles anxieux chez les jeunes</t>
+  </si>
+  <si>
+    <t>PSY-CEN-0022</t>
+  </si>
+  <si>
+    <t>Le TDAH chez les enfants d’âge préscolaire</t>
+  </si>
+  <si>
+    <t>EDU-CEN-0002</t>
+  </si>
+  <si>
+    <t>Le TDAH et troubles anxieux</t>
+  </si>
+  <si>
+    <t>PSY-MII-0002</t>
+  </si>
+  <si>
+    <t>Le transfert d’une résidence principale entre conjoints</t>
+  </si>
+  <si>
+    <t>DR-MII-0024</t>
+  </si>
+  <si>
+    <t>Leadership d'impact</t>
+  </si>
+  <si>
+    <t>EDU-MII-1001</t>
+  </si>
+  <si>
+    <t>Éducation, Gestion, Gouvernance</t>
+  </si>
+  <si>
+    <t>Lecture et anxiété: comprendre et intervenir auprès de l’élève</t>
+  </si>
+  <si>
+    <t>PSY-CEN-0032</t>
+  </si>
+  <si>
+    <t>Les bases du droit d'auteur : Comment protéger son œuvre originale?</t>
+  </si>
+  <si>
+    <t>TEC-OTPQ-0002</t>
   </si>
   <si>
     <t>Droit</t>
   </si>
   <si>
-    <t>Droit des affaires - L'ABC de la comptabilité et l'utilisation des états financiers par l'expert-comptable</t>
-[...391 lines deleted...]
-  <si>
     <t>Les essentiels de la gestion de projets</t>
   </si>
   <si>
     <t>GES-TEC-EL001</t>
   </si>
   <si>
     <t>Les Geck’s Tips, une prothèse digitale fonctionnelle en silicone créée à partir d'une impression 3D</t>
   </si>
   <si>
     <t>AOPQ-TEC-0006</t>
   </si>
   <si>
     <t>Les maladies infectieuses : les comprendre pour les prévenir</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0017</t>
   </si>
   <si>
     <t>Santé, OHDQ</t>
   </si>
   <si>
     <t>Les modalités de taping simples et efficaces à intégrer à ma pratique</t>
   </si>
   <si>
     <t>AOPQ-TEC-0009</t>
   </si>
   <si>
     <t>Les notes d’évolution</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0014</t>
   </si>
   <si>
-    <t>Les obligations - La vente</t>
-[...16 lines deleted...]
-  <si>
     <t>Les particularités du TDAH chez les filles</t>
   </si>
   <si>
     <t>PSY-MII-0004</t>
   </si>
   <si>
     <t>L’approche systémique en milieu scolaire</t>
   </si>
   <si>
     <t>EDU-MII-0005</t>
   </si>
   <si>
     <t>L’assistance ventilatoire non invasive, c’est vital !</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0011</t>
   </si>
   <si>
     <t>L’assurance qualité et le système réglementaire</t>
   </si>
   <si>
     <t>GES-OCQ-0003</t>
   </si>
   <si>
     <t>L’évolution du Règlement en santé et en sécurité du travail (RSST)</t>
@@ -784,50 +760,56 @@
   <si>
     <t>PSY-CEN-0021</t>
   </si>
   <si>
     <t>Microsoft 365 : L’environnement de travail collaboratif</t>
   </si>
   <si>
     <t>BUR-TEC-EL373</t>
   </si>
   <si>
     <t>Gestion, Bureautique</t>
   </si>
   <si>
     <t>Mieux comprendre la dynamique des groupes difficiles</t>
   </si>
   <si>
     <t>EDU-MII-0007</t>
   </si>
   <si>
     <t>Mieux comprendre les réalités autochtones</t>
   </si>
   <si>
     <t>CUL-ASH-0001</t>
   </si>
   <si>
+    <t>Milieux de vie durables et résilients</t>
+  </si>
+  <si>
+    <t>ENV-OAQ-0001</t>
+  </si>
+  <si>
     <t>Négocier les règles de participation d'une réunion</t>
   </si>
   <si>
     <t>GES-IDL-0005</t>
   </si>
   <si>
     <t>Neuropsychologie et troubles anxieux</t>
   </si>
   <si>
     <t>PSY-CEN-1004</t>
   </si>
   <si>
     <t>Notions de base, frais, taxes et autres questions monétaires - Bail commercial</t>
   </si>
   <si>
     <t>DR-MII-0010</t>
   </si>
   <si>
     <t>Nouvelle formulation pour la prévention des infections virales et fongiques</t>
   </si>
   <si>
     <t>CHI-OCQ-0003</t>
   </si>
   <si>
     <t>Chimie</t>
@@ -853,95 +835,95 @@
   <si>
     <t>Parcours de vie et mobilité : l’orthèse comme alliée dans les ataxies spastiques</t>
   </si>
   <si>
     <t>AOPQ-TEC-0013</t>
   </si>
   <si>
     <t>Parlons emboîtures tibiales</t>
   </si>
   <si>
     <t>AOPQ-TEC-0014</t>
   </si>
   <si>
     <t>Plaie et nutrition : pour des soins infirmiers de qualité optimale</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0013</t>
   </si>
   <si>
     <t>Planifier une réunion</t>
   </si>
   <si>
     <t>GES-IDL-0004</t>
   </si>
   <si>
-    <t>Pouvoir des fiduciaires, sociétés d’acquêts et fiducie de gel successoral</t>
-[...4 lines deleted...]
-  <si>
     <t>PowerPoint 2021 : Des fondamentaux au perfectionnement</t>
   </si>
   <si>
     <t>BUR-TEC-EL378</t>
   </si>
   <si>
     <t>Pratiques en assainissement des eaux usées des résidences isolées : conseils et recommandations</t>
   </si>
   <si>
     <t>TEC-OTPQ-0001</t>
   </si>
   <si>
     <t>Pratiques favorables à la scolarisation des élèves TSA en classe ordinaire</t>
   </si>
   <si>
     <t>PSY-MII-2403</t>
   </si>
   <si>
     <t>Prendre soin de soi : à chacun son mode d’emploi</t>
   </si>
   <si>
     <t>SAN-OIIAQ-0012</t>
   </si>
   <si>
     <t>Psychologie, Santé</t>
   </si>
   <si>
     <t>Prévenir et détecter les difficultés d’apprentissage en lecture</t>
   </si>
   <si>
     <t>EDU-MII-0002</t>
   </si>
   <si>
     <t>Prévention du décrochage scolaire : rôle du psychologue scolaire dans le diagnostic différentiel, apport de la psychopathologie</t>
   </si>
   <si>
     <t>PSY-MII-0079</t>
   </si>
   <si>
+    <t>Principaux changements au Code de construction du Québec 2020</t>
+  </si>
+  <si>
+    <t>TEC-OAQ-0001</t>
+  </si>
+  <si>
     <t>Priorités, hypothèques et hypothèques légales</t>
   </si>
   <si>
     <t>DR-MII-0016</t>
   </si>
   <si>
     <t>Quatre clauses d'intérêt pour le locataire, garanties - Bail commercial</t>
   </si>
   <si>
     <t>DR-MII-0012</t>
   </si>
   <si>
     <t>Quel élément de correction pour une orthèse plantaire efficace</t>
   </si>
   <si>
     <t>AOPQ-TEC-0012</t>
   </si>
   <si>
     <t>Quels sont les indicateurs cliniques d’un trouble neurodéveloppemental ?</t>
   </si>
   <si>
     <t>PSY-MII-0067</t>
   </si>
   <si>
     <t>Qu’en est-il de l’anxiété chez l’autiste ?</t>
@@ -991,90 +973,90 @@
   <si>
     <t>Ressources humaines, Éthique, Déontologie, Gouvernance, CHJQ</t>
   </si>
   <si>
     <t>Sensibilisation aux enjeux de la gestion de la diversité ethnoculturelle au sein des ordres professionnels</t>
   </si>
   <si>
     <t>RH-CIQ-0009</t>
   </si>
   <si>
     <t>Ressources humaines, Éthique, Déontologie, Communication, CHJQ</t>
   </si>
   <si>
     <t>Sensibilisation aux enjeux d’égalité entre les femmes et les hommes en conseil d’administration</t>
   </si>
   <si>
     <t>RH-CIQ-0008</t>
   </si>
   <si>
     <t>Sensibilisation aux inconduites sexuelles : les reconnaître, les prévenir et savoir y réagir</t>
   </si>
   <si>
     <t>RH-CIQ-0006</t>
   </si>
   <si>
-    <t>Situation des conjoints de fait au Québec et liquidations de successions</t>
-[...4 lines deleted...]
-  <si>
     <t>Soutenir le développement de l'identité professionnelle et évaluer la compétence - Partie 1</t>
   </si>
   <si>
     <t>PSY-MII-0072</t>
   </si>
   <si>
     <t>Soutenir le développement de l'identité professionnelle et évaluer la compétence - Partie 2</t>
   </si>
   <si>
     <t>PSY-MII-0073</t>
   </si>
   <si>
     <t>Stress, anxiété, anxiété de performance : bien comprendre pour mieux agir</t>
   </si>
   <si>
     <t>PSY-MII-0301</t>
   </si>
   <si>
     <t>Teams : Travailler en équipe avec Microsoft 365</t>
   </si>
   <si>
     <t>BUR-TEC-EL449</t>
   </si>
   <si>
     <t>Technologues : Professionnels et entrepreneurs</t>
   </si>
   <si>
     <t>TEC-OTPQ-0003</t>
   </si>
   <si>
     <t>TOP au Québec: quand soigner les autres devient un défi pour leur santé musculosquelettique</t>
   </si>
   <si>
     <t>AOPQ-TEC-0002</t>
+  </si>
+  <si>
+    <t>Trajectoire inspirante : Michel Laplante en entrevue</t>
+  </si>
+  <si>
+    <t>TEC-OTPQ-0012</t>
   </si>
   <si>
     <t>Trouble développement de coordination Dyspraxie : comprendre, évaluer, intervenir</t>
   </si>
   <si>
     <t>PSY-CEN-0035</t>
   </si>
   <si>
     <t>Troubles cutanés et hyperhidrose chez l’amputé</t>
   </si>
   <si>
     <t>AOPQ-TEC-0008</t>
   </si>
   <si>
     <t>TSA de l’enfance à l’adulte</t>
   </si>
   <si>
     <t>PSY-MII-0005</t>
   </si>
   <si>
     <t>Psychologie, OHDQ</t>
   </si>
   <si>
     <t>Un programme de postvention peut-il réduire l'impact traumatique</t>
   </si>
@@ -1478,54 +1460,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C160"/>
+  <dimension ref="A1:C159"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:C160"/>
+      <selection activeCell="A2" sqref="A2:C159"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="96.690674" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1631,1668 +1613,1657 @@
         <v>28</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="2" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="B17" s="2" t="s">
+      <c r="C17" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>52</v>
+        <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B22" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B23" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="B23" s="2" t="s">
+      <c r="C23" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B24" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B25" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="B25" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="2" t="s">
-        <v>65</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C26" s="2" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>76</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>71</v>
+        <v>47</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C42" s="2" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B43" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="B43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="2" t="s">
-        <v>105</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C48" s="2" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B49" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="B49" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="2" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>123</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>11</v>
+        <v>123</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C53" s="2" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B54" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="B54" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="2" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C55" s="2" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>130</v>
+        <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>138</v>
+        <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>52</v>
+        <v>146</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="C74" s="2" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>177</v>
+        <v>32</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>71</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="C90" s="2" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="2" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="2" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="2" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>216</v>
+        <v>8</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="2" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>219</v>
+        <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="2" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="2" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>230</v>
+        <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="2" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="2" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="2" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>19</v>
+        <v>123</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="2" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="2" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>130</v>
+        <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="2" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="2" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="2" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>16</v>
+        <v>243</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="2" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="2" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>251</v>
+        <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="2" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="2" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>5</v>
+        <v>123</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="2" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>130</v>
+        <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="2" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="2" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>26</v>
+        <v>258</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="2" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>264</v>
+        <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="2" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>16</v>
+        <v>243</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="2" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>251</v>
+        <v>59</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="2" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="2" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="2" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="2" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>19</v>
+        <v>123</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="2" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>130</v>
+        <v>59</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="2" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="2" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="2" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>52</v>
+        <v>281</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="2" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="2" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>289</v>
+        <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="2" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="2" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="2" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="2" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="2" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="2" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="2" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>8</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="2" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>306</v>
+        <v>76</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="2" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="2" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>11</v>
+        <v>123</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="2" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>130</v>
+        <v>29</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="2" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>29</v>
+        <v>311</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="2" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="2" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="2" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="2" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>317</v>
+        <v>11</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="2" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>123</v>
+        <v>11</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="2" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="2" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="2" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="2" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="2" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>105</v>
+        <v>47</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="2" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="2" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="2" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>19</v>
+        <v>339</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="2" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>345</v>
+        <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="2" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="2" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="2" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="2" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="2" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>47</v>
+        <v>352</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="2" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>358</v>
-[...10 lines deleted...]
-        <v>358</v>
+        <v>352</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:C1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>