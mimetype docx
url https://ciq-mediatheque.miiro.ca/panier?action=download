--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1,41 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="695F534D" w14:textId="56A08FC5" w:rsidR="00FD3B22" w:rsidRDefault="009237AE" w:rsidP="00040C56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -171,79 +175,123 @@
     <w:p w14:paraId="7D6FDDCF" w14:textId="2DE01AD1" w:rsidR="00084040" w:rsidRPr="009237AE" w:rsidRDefault="00084040" w:rsidP="009237AE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009237AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-CA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Projets Miiro effectue les inscriptions en lots.</w:t>
+        <w:t xml:space="preserve">Projets </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009237AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Miiro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009237AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effectue les inscriptions en lots.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="479D5A8A" w14:textId="23A028D3" w:rsidR="00084040" w:rsidRPr="009237AE" w:rsidRDefault="00084040" w:rsidP="009237AE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009237AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-CA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Projets Miiro prépare et envoie la facture, incluant les formations et les usagers concernés, au </w:t>
+        <w:t xml:space="preserve">Projets </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009237AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Miiro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009237AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prépare et envoie la facture, incluant les formations et les usagers concernés, au </w:t>
       </w:r>
       <w:r w:rsidR="00F21051" w:rsidRPr="009237AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-CA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>responsable</w:t>
       </w:r>
       <w:r w:rsidR="00A75411" w:rsidRPr="009237AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-CA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009237AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -499,65 +547,74 @@
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>outique </w:t>
       </w:r>
       <w:r w:rsidR="005C7F2A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>de la Médiathèque où se fait l’achat</w:t>
       </w:r>
       <w:r w:rsidR="005C7F2A" w:rsidRPr="005C7F2A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7F2A">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23462350" w14:textId="29346BFF" w:rsidR="005C7F2A" w:rsidRPr="005413C0" w:rsidRDefault="005C7F2A" w:rsidP="00084040">
-      <w:r>
+    <w:p w14:paraId="23462350" w14:textId="5D4F7A79" w:rsidR="005C7F2A" w:rsidRPr="00E15782" w:rsidRDefault="00E15782" w:rsidP="00E15782">
+      <w:r w:rsidRPr="00E15782">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Nom du Client qui fait l’achat</w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Facture à adresser </w:t>
+      </w:r>
+      <w:r w:rsidR="002A18D2" w:rsidRPr="00E15782">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">à </w:t>
+      </w:r>
+      <w:r w:rsidR="00795941" w:rsidRPr="00E15782">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/ À</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E15782">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’attention de :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77ED3C71" w14:textId="2B1D06B6" w:rsidR="00084040" w:rsidRPr="009D040B" w:rsidRDefault="00A07C35" w:rsidP="00084040">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Prénom et </w:t>
       </w:r>
       <w:r w:rsidR="00084040" w:rsidRPr="009D040B">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Nom </w:t>
       </w:r>
       <w:r w:rsidR="005C7F2A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>du contact chez le Client</w:t>
       </w:r>
       <w:r w:rsidR="005C7F2A" w:rsidRPr="005C7F2A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00084040" w:rsidRPr="009D040B">
@@ -3251,215 +3308,259 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="109BF5D3" w14:textId="77777777" w:rsidR="00D743F6" w:rsidRDefault="00D743F6" w:rsidP="00040C56">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-CA"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3FD5AD26" w14:textId="77777777" w:rsidR="00040C56" w:rsidRPr="00040C56" w:rsidRDefault="00040C56" w:rsidP="00A27512"/>
     <w:sectPr w:rsidR="00040C56" w:rsidRPr="00040C56" w:rsidSect="00CC4C2F">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FE024A7" w14:textId="77777777" w:rsidR="00045CA0" w:rsidRDefault="00045CA0" w:rsidP="00DF60BB">
+    <w:p w14:paraId="6A28B2D7" w14:textId="77777777" w:rsidR="009A3619" w:rsidRDefault="009A3619" w:rsidP="00DF60BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E7A788B" w14:textId="77777777" w:rsidR="00045CA0" w:rsidRDefault="00045CA0" w:rsidP="00DF60BB">
+    <w:p w14:paraId="62BB3350" w14:textId="77777777" w:rsidR="009A3619" w:rsidRDefault="009A3619" w:rsidP="00DF60BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4E5C0445" w14:textId="77777777" w:rsidR="002A18D2" w:rsidRDefault="002A18D2">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-197316409"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="5C0CCCC7" w14:textId="172A81DB" w:rsidR="001971EC" w:rsidRDefault="005413C0" w:rsidP="001971EC">
+      <w:p w14:paraId="5C0CCCC7" w14:textId="309A6498" w:rsidR="001971EC" w:rsidRDefault="005413C0" w:rsidP="001971EC">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
         </w:pPr>
         <w:r>
           <w:t>F</w:t>
         </w:r>
         <w:r w:rsidR="00344A6D">
-          <w:t>ormulaire achat de groupe / 2023</w:t>
+          <w:t>ormulaire achat de groupe / 202</w:t>
+        </w:r>
+        <w:r w:rsidR="002A18D2">
+          <w:t>5</w:t>
         </w:r>
       </w:p>
       <w:p w14:paraId="70243435" w14:textId="14AA15A3" w:rsidR="00321418" w:rsidRDefault="00321418">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7F79FC80" w14:textId="27BF476F" w:rsidR="00A27512" w:rsidRDefault="00A27512">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="082E5A33" w14:textId="77777777" w:rsidR="002A18D2" w:rsidRDefault="002A18D2">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="291743B0" w14:textId="77777777" w:rsidR="00045CA0" w:rsidRDefault="00045CA0" w:rsidP="00DF60BB">
+    <w:p w14:paraId="09E139A6" w14:textId="77777777" w:rsidR="009A3619" w:rsidRDefault="009A3619" w:rsidP="00DF60BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3772B5C7" w14:textId="77777777" w:rsidR="00045CA0" w:rsidRDefault="00045CA0" w:rsidP="00DF60BB">
+    <w:p w14:paraId="1B4BD54E" w14:textId="77777777" w:rsidR="009A3619" w:rsidRDefault="009A3619" w:rsidP="00DF60BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="16931DB3" w14:textId="77777777" w:rsidR="002A18D2" w:rsidRDefault="002A18D2">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A366456" w14:textId="1AA4394D" w:rsidR="00344A6D" w:rsidRDefault="00DF60BB" w:rsidP="00344A6D">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000"/>
         <w:kern w:val="0"/>
         <w:lang w:eastAsia="fr-CA"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="069B8738" wp14:editId="0BC3E96D">
           <wp:extent cx="1095502" cy="581660"/>
           <wp:effectExtent l="0" t="0" r="0" b="8890"/>
           <wp:docPr id="1345837124" name="Image 1" descr="Une image contenant cercle, Graphique, capture d’écran, Caractère coloré&#10;&#10;Description générée automatiquement"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -3496,50 +3597,60 @@
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00344A6D">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00344A6D">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00344A6D" w:rsidRPr="00344A6D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:kern w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="fr-CA"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
       <w:t>Directives pour l'inscription d'un groupe de personnes</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3B0DA800" w14:textId="13B4252A" w:rsidR="00DF60BB" w:rsidRDefault="00DF60BB">
+    <w:pPr>
+      <w:pStyle w:val="En-tte"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5462504A" w14:textId="77777777" w:rsidR="002A18D2" w:rsidRDefault="002A18D2">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03866D1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7D2C7D0"/>
     <w:lvl w:ilvl="0" w:tplc="5DBA2C60">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -3778,106 +3889,116 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B23A85"/>
     <w:rsid w:val="00002716"/>
     <w:rsid w:val="00040C56"/>
     <w:rsid w:val="00045CA0"/>
     <w:rsid w:val="00084040"/>
     <w:rsid w:val="000921DB"/>
     <w:rsid w:val="00110D96"/>
     <w:rsid w:val="001971EC"/>
     <w:rsid w:val="002037AF"/>
     <w:rsid w:val="0022540E"/>
+    <w:rsid w:val="00282BA4"/>
+    <w:rsid w:val="002A18D2"/>
     <w:rsid w:val="002C74DA"/>
+    <w:rsid w:val="002D20AB"/>
     <w:rsid w:val="00316B51"/>
     <w:rsid w:val="00321418"/>
     <w:rsid w:val="00344A6D"/>
     <w:rsid w:val="00385A57"/>
     <w:rsid w:val="00396E85"/>
+    <w:rsid w:val="003A55AC"/>
+    <w:rsid w:val="004A20A7"/>
     <w:rsid w:val="004D22B8"/>
     <w:rsid w:val="005413C0"/>
     <w:rsid w:val="00556054"/>
     <w:rsid w:val="0058384D"/>
     <w:rsid w:val="005A53D9"/>
     <w:rsid w:val="005C7F2A"/>
     <w:rsid w:val="00623DC5"/>
     <w:rsid w:val="0068342D"/>
     <w:rsid w:val="00685950"/>
     <w:rsid w:val="006A4FCA"/>
     <w:rsid w:val="00737CD8"/>
     <w:rsid w:val="007461F9"/>
     <w:rsid w:val="007612B4"/>
+    <w:rsid w:val="00795941"/>
     <w:rsid w:val="008304CF"/>
     <w:rsid w:val="009237AE"/>
     <w:rsid w:val="00987B8B"/>
     <w:rsid w:val="009938A6"/>
+    <w:rsid w:val="009A3619"/>
     <w:rsid w:val="009D040B"/>
     <w:rsid w:val="009F3838"/>
     <w:rsid w:val="00A07C35"/>
     <w:rsid w:val="00A27512"/>
     <w:rsid w:val="00A7451C"/>
     <w:rsid w:val="00A75411"/>
     <w:rsid w:val="00A831A7"/>
     <w:rsid w:val="00AD69A4"/>
     <w:rsid w:val="00B23A85"/>
     <w:rsid w:val="00CC4C2F"/>
     <w:rsid w:val="00D743F6"/>
+    <w:rsid w:val="00DA6844"/>
     <w:rsid w:val="00DC2032"/>
     <w:rsid w:val="00DF60BB"/>
     <w:rsid w:val="00DF7428"/>
+    <w:rsid w:val="00E15782"/>
     <w:rsid w:val="00EB5A89"/>
+    <w:rsid w:val="00EC066A"/>
     <w:rsid w:val="00F21051"/>
     <w:rsid w:val="00FA382D"/>
     <w:rsid w:val="00FD3B22"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="fr-CA"/>
+  <w:themeFontLang w:val="fr-CA" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="546C854B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E3EDB822-EB80-4C6F-AB0D-6F77313D1C4E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CA" w:eastAsia="en-US" w:bidi="ar-SA"/>
@@ -4525,54 +4646,54 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1050307416">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -4848,69 +4969,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36D72D71-1352-4581-A564-966F63FEA746}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>209</Words>
-  <Characters>1155</Characters>
+  <Words>194</Words>
+  <Characters>1028</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>154</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1362</CharactersWithSpaces>
+  <CharactersWithSpaces>1208</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amina Mihoubi</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>